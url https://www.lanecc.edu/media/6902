--- v0 (2025-12-21)
+++ v1 (2026-03-24)
@@ -1,1265 +1,1054 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="973" w:tblpY="8"/>
         <w:tblW w:w="13759" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="856"/>
         <w:gridCol w:w="2379"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="2543"/>
         <w:gridCol w:w="2491"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C431A3" w14:paraId="058B669A" w14:textId="77777777" w:rsidTr="00B1638B">
+      <w:tr w:rsidR="00C431A3" w14:paraId="0374498F" w14:textId="77777777" w:rsidTr="00B1638B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C407C29" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+          <w:p w14:paraId="302E92E1" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00E814B4" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+          <w:p w14:paraId="05C58361" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>MONDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054DD837" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A1710">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="166C5D65" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>TUESDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5647B3FF" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>MONDAY</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="626EEEC4" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D12258" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>WEDNESDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D1F423D" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="54CAC9F1" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:tcW w:w="2543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="433D07CF" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>THURSDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17616E63" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD48BCF" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
             <w:r w:rsidRPr="002A1710">
+              <w:t>FRIDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68042E62" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>TUESDAY</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="02B207B5" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C431A3" w14:paraId="0B09D508" w14:textId="77777777" w:rsidTr="00B1638B">
+        <w:trPr>
+          <w:trHeight w:val="2315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F36B244" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1061A0D7" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>R</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C640C2F" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="753423C3" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C4CF4FC" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F5F5F35" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D4513D" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="343D7AF6" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00FB596E" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35A2F520" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB596E">
+              <w:t>T</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEB14A9" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Kix</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="688C23D1" w14:textId="77777777" w:rsidR="00F16CDC" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Smiley Orange</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A2AA96" w14:textId="593C9CB6" w:rsidR="00F16CDC" w:rsidRPr="00600C69" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="180F203E" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Pancake</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="094FE860" w14:textId="65717982" w:rsidR="00F16CDC" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Applesauce</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A0F2F59" w14:textId="4A6B1187" w:rsidR="00F16CDC" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="00C70665">
+              <w:t xml:space="preserve">B </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Egg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61A6694B" w14:textId="06682EC8" w:rsidR="00F16CDC" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46770DCA" w14:textId="72337DD9" w:rsidR="00F16CDC" w:rsidRPr="00600C69" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB2CA2D" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Oatmeal, HM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="176D7CCE" w14:textId="77777777" w:rsidR="00F16CDC" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Strawberries</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6058DB4B" w14:textId="1A4C8D86" w:rsidR="00F16CDC" w:rsidRPr="00600C69" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19593472" w14:textId="6F3E1713" w:rsidR="00C431A3" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Corn Chex</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D736F6" w14:textId="77777777" w:rsidR="00F16CDC" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Banana Wheels</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BE1AF13" w14:textId="3DF137D4" w:rsidR="00F16CDC" w:rsidRPr="00600C69" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DC379C" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">WGR </w:t>
+            </w:r>
+            <w:r w:rsidR="00B61273">
+              <w:t xml:space="preserve">Blueberry </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Muffin</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61273">
+              <w:t>, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0928F64D" w14:textId="06314BE6" w:rsidR="00B61273" w:rsidRDefault="00B61273" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fruit Mix</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C065C25" w14:textId="6518C67E" w:rsidR="00B61273" w:rsidRPr="00600C69" w:rsidRDefault="00B61273" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C431A3" w14:paraId="749E2C6C" w14:textId="77777777" w:rsidTr="00B1638B">
+        <w:trPr>
+          <w:trHeight w:val="2342"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="133E425D" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="02DE667A" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+          <w:p w14:paraId="5684B4F0" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C1E3C25" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EF632ED" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>U</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="760CA5FB" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E488000" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E63568B" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>H</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FBE477" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A1710">
-[...236 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="634B563E" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00F77E69" w:rsidP="00B1638B">
-[...15 lines deleted...]
-          <w:p w14:paraId="1134FCC6" w14:textId="5E27617A" w:rsidR="00F77E69" w:rsidRPr="00600C69" w:rsidRDefault="00F77E69" w:rsidP="00B1638B">
+          <w:p w14:paraId="5C9A5038" w14:textId="77777777" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00A85A35">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Yakisoba, ODE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2704584D" w14:textId="77777777" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00A85A35">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Baked Tofu, ODE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CBC4149" w14:textId="77777777" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00A85A35">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mandarin Oranges</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D217A05" w14:textId="77777777" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00A85A35">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Green Beans</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5852C5E4" w14:textId="77777777" w:rsidR="00A85A35" w:rsidRPr="00B050BD" w:rsidRDefault="00A85A35" w:rsidP="00A85A35">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Milk</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="51789E7E" w14:textId="5DCEAB9B" w:rsidR="00B61273" w:rsidRPr="00600C69" w:rsidRDefault="00B61273" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7BD6F2" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00F77E69" w:rsidP="00B1638B">
-[...15 lines deleted...]
-          <w:p w14:paraId="38D1F78B" w14:textId="3658CCCB" w:rsidR="00F77E69" w:rsidRPr="00600C69" w:rsidRDefault="00F77E69" w:rsidP="00B1638B">
+          <w:p w14:paraId="0364A31D" w14:textId="6390D716" w:rsidR="00C70665" w:rsidRDefault="00A85A35" w:rsidP="00C70665">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WW Make-Your-Own Sandwiches</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9F7EA8" w14:textId="5CACE8EB" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00C70665">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Taco Soup, FH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24AA754B" w14:textId="1779CC2E" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00C70665">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Melons</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67BD4A15" w14:textId="1BD61BFC" w:rsidR="00A85A35" w:rsidRPr="00B050BD" w:rsidRDefault="00A85A35" w:rsidP="00C70665">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Milk</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="1B652BE1" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00600C69" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="580BB11E" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="005D7941" w:rsidP="00B1638B">
-[...15 lines deleted...]
-          <w:p w14:paraId="6A127180" w14:textId="29B56141" w:rsidR="005D7941" w:rsidRPr="00600C69" w:rsidRDefault="005D7941" w:rsidP="00B1638B">
+          <w:p w14:paraId="13B809DF" w14:textId="77777777" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00A85A35">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Chicken Nuggets, CN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="165F7446" w14:textId="77777777" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00A85A35">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Potato Au Gratin, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66FC671C" w14:textId="77777777" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00A85A35">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Pears</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="135123FE" w14:textId="7C0C9A86" w:rsidR="00C70665" w:rsidRPr="00536FBD" w:rsidRDefault="00A85A35" w:rsidP="00A85A35">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Milk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1697A563" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="005D7941" w:rsidP="00B1638B">
-[...15 lines deleted...]
-          <w:p w14:paraId="60992BD1" w14:textId="0A77ED4D" w:rsidR="005D7941" w:rsidRPr="00600C69" w:rsidRDefault="005D7941" w:rsidP="00B1638B">
+          <w:p w14:paraId="4831BCB7" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>One Pan Spaghetti, FH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="151583C6" w14:textId="77777777" w:rsidR="00F16CDC" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Spring Salad, FH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2307C05E" w14:textId="77777777" w:rsidR="00F16CDC" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Peaches</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ADE852A" w14:textId="7ADDE7F6" w:rsidR="00F16CDC" w:rsidRPr="00600C69" w:rsidRDefault="00F16CDC" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Milk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C18D210" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="005D7941" w:rsidP="00B1638B">
-[...18 lines deleted...]
-          <w:p w14:paraId="6F32D57A" w14:textId="6562F16B" w:rsidR="00CB0C6A" w:rsidRPr="00600C69" w:rsidRDefault="00CB0C6A" w:rsidP="00B1638B">
+          <w:p w14:paraId="5FBE2464" w14:textId="40B16055" w:rsidR="00B61273" w:rsidRDefault="00C70665" w:rsidP="00B050BD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Bean Burritos, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="206610CD" w14:textId="41C9C244" w:rsidR="00C70665" w:rsidRDefault="00C70665" w:rsidP="00B050BD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mexican Rice, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="371E3FFD" w14:textId="122D5014" w:rsidR="00C70665" w:rsidRDefault="00C70665" w:rsidP="00B050BD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Broccoli</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EA400B5" w14:textId="5BF234ED" w:rsidR="00B050BD" w:rsidRDefault="00B050BD" w:rsidP="00B050BD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fruit Mix</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA5013F" w14:textId="08A847D6" w:rsidR="00B050BD" w:rsidRPr="00B050BD" w:rsidRDefault="00B050BD" w:rsidP="00B050BD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Milk</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="35A77772" w14:textId="03FB9FB7" w:rsidR="00C431A3" w:rsidRPr="00600C69" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C431A3" w14:paraId="04565642" w14:textId="77777777" w:rsidTr="00B02F44">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C431A3" w14:paraId="0836F344" w14:textId="77777777" w:rsidTr="00B1638B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59F99B34" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
-[...53 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="731B2D88" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74AEB5CF" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D81CCB1" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2796A44E" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5929FD81" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
               <w:t>N</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21D52665" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3AEF2E68" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04D41EE1" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
               <w:t>C</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="092EC6F0" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
-[...19 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="58B16212" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00FB596E">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>K</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55184667" w14:textId="77777777" w:rsidR="00523F07" w:rsidRDefault="00523F07" w:rsidP="00523F07">
-[...411 lines deleted...]
-          <w:p w14:paraId="6B14A7C2" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00B02F44" w:rsidP="00B1638B">
+          <w:p w14:paraId="6D26064B" w14:textId="49F29BBB" w:rsidR="00C431A3" w:rsidRDefault="00A85A35" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>String Cheese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6465C39F" w14:textId="77777777" w:rsidR="00B02F44" w:rsidRDefault="00B02F44" w:rsidP="00B1638B">
-[...40 lines deleted...]
-            <w:r w:rsidRPr="00934388">
+          <w:p w14:paraId="7948A2A6" w14:textId="77777777" w:rsidR="00A85A35" w:rsidRDefault="00A85A35" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85A35">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otters</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-              <w:t>Fruit_______________</w:t>
+            <w:r>
+              <w:t>: Saltines</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="280C3F8E" w14:textId="0617DCC2" w:rsidR="00A85A35" w:rsidRPr="00600C69" w:rsidRDefault="00A85A35" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Wheat Thins</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE35886" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00A85A35" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Peach and Yogurt Smoothie, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78EEFD74" w14:textId="29A6C28B" w:rsidR="00A85A35" w:rsidRPr="00600C69" w:rsidRDefault="00A85A35" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Goldfish Crackers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0FE7EE" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00A85A35" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Cheddar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="037E474D" w14:textId="02F2D642" w:rsidR="00A85A35" w:rsidRPr="00600C69" w:rsidRDefault="00A85A35" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Oyster Crackers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="753FDD8A" w14:textId="77777777" w:rsidR="00934388" w:rsidRDefault="00934388" w:rsidP="00B1638B">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="10F7C304" w14:textId="4B83CF1A" w:rsidR="00C431A3" w:rsidRDefault="00B61273" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Apple Cinnamon Muffins</w:t>
+            </w:r>
+            <w:r w:rsidR="00A85A35">
+              <w:t>, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E8207B4" w14:textId="3189EEA4" w:rsidR="00B61273" w:rsidRPr="00600C69" w:rsidRDefault="00B61273" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37B14597" w14:textId="77777777" w:rsidR="00523F07" w:rsidRDefault="00934388" w:rsidP="00B1638B">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="512F71FD" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00B61273" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fruit Mix</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="422BD748" w14:textId="77777777" w:rsidR="00B61273" w:rsidRDefault="00B61273" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Cracker Mix</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7717A091" w14:textId="70AD4023" w:rsidR="00B61273" w:rsidRDefault="00B61273" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>String Cheese</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D6E36BD" w14:textId="12700E2C" w:rsidR="00B61273" w:rsidRPr="00600C69" w:rsidRDefault="00B61273" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67F4FA9B" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
+    <w:p w14:paraId="3F1F1BE5" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>All milk served to age 3-5 is 1% unflavored milk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3EFB6E" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
+    <w:p w14:paraId="277DEFC4" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>*All milk served to toddlers is unflavored whole milk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57406CBF" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
+    <w:p w14:paraId="2564084C" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>*Water is available at each meal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D98C7A8" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00C431A3"/>
-    <w:p w14:paraId="493063EE" w14:textId="77777777" w:rsidR="0042297C" w:rsidRDefault="0042297C"/>
+    <w:p w14:paraId="099F1A23" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00C431A3"/>
+    <w:p w14:paraId="37BA71FA" w14:textId="77777777" w:rsidR="0042297C" w:rsidRDefault="0042297C"/>
     <w:sectPr w:rsidR="0042297C" w:rsidSect="00AC70F6">
-      <w:headerReference w:type="even" r:id="rId6"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21D8EDFB" w14:textId="77777777" w:rsidR="00380FC6" w:rsidRDefault="00380FC6" w:rsidP="00C431A3">
+    <w:p w14:paraId="68B80879" w14:textId="77777777" w:rsidR="00351994" w:rsidRDefault="00351994" w:rsidP="00C431A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="056C7DF8" w14:textId="77777777" w:rsidR="00380FC6" w:rsidRDefault="00380FC6" w:rsidP="00C431A3">
+    <w:p w14:paraId="1E8D69D8" w14:textId="77777777" w:rsidR="00351994" w:rsidRDefault="00351994" w:rsidP="00C431A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
@@ -1282,284 +1071,205 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="271E5821" w14:textId="77777777" w:rsidR="00044742" w:rsidRDefault="00044742">
-[...9 lines deleted...]
-  <w:p w14:paraId="224727A8" w14:textId="77777777" w:rsidR="0057449C" w:rsidRDefault="00BF4D99" w:rsidP="00C20F7C">
+  <w:p w14:paraId="668DE5F4" w14:textId="77777777" w:rsidR="006115C1" w:rsidRDefault="00BF4D99" w:rsidP="00C20F7C">
     <w:pPr>
       <w:ind w:left="180"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>This institution is an equal opportunity provider.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1EC90D75" w14:textId="77777777" w:rsidR="0057449C" w:rsidRDefault="0057449C">
-[...9 lines deleted...]
-  <w:p w14:paraId="0001015D" w14:textId="77777777" w:rsidR="00044742" w:rsidRDefault="00044742">
+  <w:p w14:paraId="6CBBBF4B" w14:textId="77777777" w:rsidR="006115C1" w:rsidRDefault="006115C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55A75C00" w14:textId="77777777" w:rsidR="00380FC6" w:rsidRDefault="00380FC6" w:rsidP="00C431A3">
+    <w:p w14:paraId="00262856" w14:textId="77777777" w:rsidR="00351994" w:rsidRDefault="00351994" w:rsidP="00C431A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B1BF25F" w14:textId="77777777" w:rsidR="00380FC6" w:rsidRDefault="00380FC6" w:rsidP="00C431A3">
+    <w:p w14:paraId="5F388168" w14:textId="77777777" w:rsidR="00351994" w:rsidRDefault="00351994" w:rsidP="00C431A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="19772BD5" w14:textId="77777777" w:rsidR="00044742" w:rsidRDefault="00044742">
+  <w:p w14:paraId="5630DF10" w14:textId="03EF2DBB" w:rsidR="006115C1" w:rsidRPr="00FB596E" w:rsidRDefault="00B050BD" w:rsidP="00FB596E">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Heading1"/>
     </w:pPr>
-  </w:p>
-[...16 lines deleted...]
-      <w:t xml:space="preserve">Winter </w:t>
+    <w:r w:rsidRPr="00FB596E">
+      <w:t xml:space="preserve">Spring </w:t>
     </w:r>
-    <w:r w:rsidR="00BF4D99" w:rsidRPr="00251757">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00BF4D99" w:rsidRPr="00FB596E">
       <w:t>Term 20</w:t>
     </w:r>
-    <w:r w:rsidR="00C431A3">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00C431A3" w:rsidRPr="00FB596E">
       <w:t>2</w:t>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="00FB596E">
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00BF4D99">
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidR="00BF4D99" w:rsidRPr="00FB596E">
+      <w:t xml:space="preserve"> Week</w:t>
     </w:r>
-    <w:r w:rsidR="00BF4D99" w:rsidRPr="00251757">
-[...9 lines deleted...]
-      <w:t>4</w:t>
+    <w:r w:rsidRPr="00FB596E">
+      <w:t xml:space="preserve"> 4-8-12</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="58101331" w14:textId="77777777" w:rsidR="0057449C" w:rsidRDefault="0057449C">
-[...9 lines deleted...]
-  <w:p w14:paraId="59D2B639" w14:textId="77777777" w:rsidR="00044742" w:rsidRDefault="00044742">
+  <w:p w14:paraId="2BEA53D0" w14:textId="77777777" w:rsidR="006115C1" w:rsidRDefault="006115C1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="92"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00044742"/>
-[...3 lines deleted...]
-    <w:rsid w:val="001A7112"/>
+    <w:rsidRoot w:val="00B050BD"/>
     <w:rsid w:val="00221AC8"/>
-    <w:rsid w:val="00302D90"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003B1FF8"/>
+    <w:rsid w:val="00264620"/>
+    <w:rsid w:val="00351994"/>
     <w:rsid w:val="0042297C"/>
-    <w:rsid w:val="00523F07"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00656825"/>
+    <w:rsid w:val="004D490A"/>
+    <w:rsid w:val="006115C1"/>
+    <w:rsid w:val="0061628F"/>
     <w:rsid w:val="006A4670"/>
-    <w:rsid w:val="00832F0F"/>
     <w:rsid w:val="00875ED2"/>
-    <w:rsid w:val="008921E6"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00985BAD"/>
     <w:rsid w:val="009B4B24"/>
-    <w:rsid w:val="009C3E24"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B036B1"/>
+    <w:rsid w:val="00A85A35"/>
+    <w:rsid w:val="00B050BD"/>
+    <w:rsid w:val="00B61273"/>
+    <w:rsid w:val="00B64ADD"/>
     <w:rsid w:val="00BF4D99"/>
     <w:rsid w:val="00C431A3"/>
-    <w:rsid w:val="00CB0C6A"/>
-    <w:rsid w:val="00F77E69"/>
+    <w:rsid w:val="00C70665"/>
+    <w:rsid w:val="00E36778"/>
+    <w:rsid w:val="00F16CDC"/>
+    <w:rsid w:val="00FB596E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="33ADE16D"/>
+  <w14:docId w14:val="7641BD5D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{EC454A34-334C-4306-9AA0-47D2ED523748}"/>
+  <w15:docId w15:val="{819058E2-CE9E-4583-A0FC-AFB5E5A17938}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1927,50 +1637,103 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C431A3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Header"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB596E"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB596E"/>
+    <w:pPr>
+      <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="973" w:y="8"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB596E"/>
+    <w:pPr>
+      <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="973" w:y="8"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2043,63 +1806,130 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B4B24"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009B4B24"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FB596E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FB596E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FB596E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="113258563">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="603727273">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\tredere\Desktop\2024-%20Weekly%20Menu%20Template.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -2328,70 +2158,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2024- Weekly Menu Template</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>147</Words>
-  <Characters>842</Characters>
+  <Words>136</Words>
+  <Characters>776</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Lane Community College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>988</CharactersWithSpaces>
+  <CharactersWithSpaces>911</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Eiko Treder</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>