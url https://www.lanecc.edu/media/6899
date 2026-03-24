--- v0 (2025-12-21)
+++ v1 (2026-03-24)
@@ -19,1264 +19,1014 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="973" w:tblpY="8"/>
         <w:tblW w:w="13759" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="856"/>
-        <w:gridCol w:w="2469"/>
-        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="2379"/>
+        <w:gridCol w:w="2790"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="2543"/>
         <w:gridCol w:w="2491"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C431A3" w14:paraId="40E54341" w14:textId="77777777" w:rsidTr="00BB0B7B">
+      <w:tr w:rsidR="00C431A3" w14:paraId="6034F0F7" w14:textId="77777777" w:rsidTr="00B1638B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A871211" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
-[...9 lines deleted...]
-          <w:p w14:paraId="1ACCD186" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+          <w:p w14:paraId="524CA664" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61983540" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>MONDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="273FB9CF" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C800B5" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
             <w:r w:rsidRPr="002A1710">
+              <w:t>TUESDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DCFF6AB" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>MONDAY</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E8EAFC3" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E36F2F0" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>WEDNESDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D129B7B" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="02F99A85" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:tcW w:w="2543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE3A3A8" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>THURSDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210A6C7A" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F05552" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
             <w:r w:rsidRPr="002A1710">
+              <w:t>FRIDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A05EBD4" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>TUESDAY</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3CA98927" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C431A3" w14:paraId="4B9176F4" w14:textId="77777777" w:rsidTr="00B1638B">
+        <w:trPr>
+          <w:trHeight w:val="2315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0D2279" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F067A2" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>R</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65C46600" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A89F806" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59FCD8D7" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5417A811" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A976699" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D47CDEF" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B3EED7" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00246A66" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A66">
+              <w:t>T</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA191CD" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Cheerios</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B1E394B" w14:textId="77777777" w:rsidR="00800C3B" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Smiley Oranges</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FDE7D9C" w14:textId="6BE9F90B" w:rsidR="00800C3B" w:rsidRPr="00600C69" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2C6A90" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Waffle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F74076F" w14:textId="494332BF" w:rsidR="00800C3B" w:rsidRDefault="00A001D5" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Turkey Sausage, CN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB72910" w14:textId="77777777" w:rsidR="00800C3B" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Applesauce</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6585726E" w14:textId="1478DB5D" w:rsidR="00800C3B" w:rsidRPr="00600C69" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42858EC0" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Oatmeal, HM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A952607" w14:textId="77777777" w:rsidR="00800C3B" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Banana Wheels</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B83DEF8" w14:textId="42591DC1" w:rsidR="00800C3B" w:rsidRPr="00600C69" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4986F0E1" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Corn Chex</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B237574" w14:textId="77777777" w:rsidR="00800C3B" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Melon Cubes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D0DB759" w14:textId="62E7A55A" w:rsidR="00800C3B" w:rsidRPr="00600C69" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6558E5F5" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WGR Rhubarb Muffins, FH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38EE23FC" w14:textId="77777777" w:rsidR="00800C3B" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fruit Mix</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="323F9059" w14:textId="25287571" w:rsidR="00800C3B" w:rsidRPr="00600C69" w:rsidRDefault="00800C3B" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C431A3" w14:paraId="678F0B00" w14:textId="77777777" w:rsidTr="00B1638B">
+        <w:trPr>
+          <w:trHeight w:val="2342"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="268D5991" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="4EFF76C9" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+          <w:p w14:paraId="17B1CADF" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AC09386" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
             <w:r w:rsidRPr="002A1710">
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E82C3B" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>U</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF5C840" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="490FF98B" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04E52F7A" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>H</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675B16F6" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>WEDNESDAY</w:t>
-[...237 lines deleted...]
-            <w:tcW w:w="2469" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6B6F15" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00BB0B7B" w:rsidP="00B1638B">
-[...15 lines deleted...]
-          <w:p w14:paraId="7B6C3348" w14:textId="132E9B23" w:rsidR="00BB0B7B" w:rsidRPr="00600C69" w:rsidRDefault="00BB0B7B" w:rsidP="00B1638B">
+          <w:p w14:paraId="073DFA05" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00800C3B" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Fish Sticks, CN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73502740" w14:textId="0C05D01F" w:rsidR="009B4CD8" w:rsidRDefault="009B4CD8" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Pasta Salad, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DCBF629" w14:textId="5C87C4FA" w:rsidR="009B4CD8" w:rsidRDefault="009B4CD8" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Peas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15601920" w14:textId="534CC957" w:rsidR="009B4CD8" w:rsidRDefault="009B4CD8" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Peaches</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C8CCBB0" w14:textId="194685AD" w:rsidR="00800C3B" w:rsidRPr="00600C69" w:rsidRDefault="009B4CD8" w:rsidP="009B4CD8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC2F67F" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Vegetable Chili Boat, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E775AE0" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>HB Egg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23E61D37" w14:textId="63F95C5F" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Melons</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="306EDD21" w14:textId="4DFB98A7" w:rsidR="001C3A7F" w:rsidRPr="00600C69" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Milk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE6F81F" w14:textId="77777777" w:rsidR="00BB0B7B" w:rsidRDefault="00BB0B7B" w:rsidP="00BB0B7B">
-[...15 lines deleted...]
-          <w:p w14:paraId="00F84899" w14:textId="1B262A9F" w:rsidR="00C431A3" w:rsidRPr="00600C69" w:rsidRDefault="00BB0B7B" w:rsidP="00BB0B7B">
+          <w:p w14:paraId="79761869" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00D84429" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Biscuits</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29F05259" w14:textId="77777777" w:rsidR="00D84429" w:rsidRDefault="00D84429" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Roasted Potatoes and Turkey Hash, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37510F48" w14:textId="77777777" w:rsidR="00D84429" w:rsidRDefault="00D84429" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Egg Patties</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB9C7B7" w14:textId="77777777" w:rsidR="00D84429" w:rsidRDefault="00D84429" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pineapple Tidbits</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28260BB0" w14:textId="408D09E8" w:rsidR="00D84429" w:rsidRPr="00536FBD" w:rsidRDefault="00D84429" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1349524A" w14:textId="47963BA0" w:rsidR="00C431A3" w:rsidRDefault="00D84429" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Teriyaki Chicken, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA7AED2" w14:textId="77777777" w:rsidR="009D4EEA" w:rsidRDefault="009D4EEA" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Brown Rice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="468326C7" w14:textId="77777777" w:rsidR="009D4EEA" w:rsidRDefault="00D84429" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sesame Broccoli</w:t>
+            </w:r>
+            <w:r w:rsidR="009B4CD8">
+              <w:t>, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39750A10" w14:textId="2C1A4ED2" w:rsidR="009B4CD8" w:rsidRDefault="009B4CD8" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mandarin Orange</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569B2A77" w14:textId="7797040A" w:rsidR="009B4CD8" w:rsidRPr="00600C69" w:rsidRDefault="009B4CD8" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5D681A" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Beef Burritos, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C6F95AB" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Refried beans, FH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FCDB45C" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Salsa and Sour Cream</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="718D1558" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Melon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19B8F4AB" w14:textId="4C78CEB3" w:rsidR="009D4EEA" w:rsidRPr="00600C69" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C431A3" w14:paraId="6D58C762" w14:textId="77777777" w:rsidTr="00B1638B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A5F8C1" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B450AAE" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22B7BE1B" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E04E640" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D021A4A" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74B7583B" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38C0B6FC" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5438BC95" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00246A66">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1A7337" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00D84429" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WGR Super Sundae, FH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FA79492" w14:textId="556FDAF0" w:rsidR="00D84429" w:rsidRPr="00600C69" w:rsidRDefault="00D84429" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Graham Crackers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC6BEEE" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WW Bread w/ Sun Butter and Jelly</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AFB62DA" w14:textId="2C97AA72" w:rsidR="00C431A3" w:rsidRPr="00600C69" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Milk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73A73536" w14:textId="77777777" w:rsidR="00BB0B7B" w:rsidRDefault="00BB0B7B" w:rsidP="00BB0B7B">
-[...645 lines deleted...]
-          <w:p w14:paraId="6FFB5D25" w14:textId="28496696" w:rsidR="00C431A3" w:rsidRDefault="009A16BE" w:rsidP="00B1638B">
+          <w:p w14:paraId="0AF5430F" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00BE24E3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>String Cheese</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21092BAC" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>WG Wheat Thins</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="481DB62B" w14:textId="77777777" w:rsidR="009A16BE" w:rsidRDefault="009A16BE" w:rsidP="009A16BE">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00B73E3F">
+          <w:p w14:paraId="190C3FC8" w14:textId="6551D9F4" w:rsidR="00BE24E3" w:rsidRPr="00600C69" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE24E3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otters:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Ritz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A682535" w14:textId="7AECED7D" w:rsidR="00C431A3" w:rsidRDefault="00962F5F" w:rsidP="00B1638B">
-[...13 lines deleted...]
-          <w:p w14:paraId="5E734A69" w14:textId="77777777" w:rsidR="00962F5F" w:rsidRDefault="00962F5F" w:rsidP="00B1638B">
+          <w:p w14:paraId="58D6430D" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Saltine</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4411D792" w14:textId="758F31D9" w:rsidR="00962F5F" w:rsidRPr="00600C69" w:rsidRDefault="00962F5F" w:rsidP="00B1638B">
-[...4 lines deleted...]
-              <w:t>Diced Cheddar</w:t>
+          <w:p w14:paraId="26F391C7" w14:textId="608D56C3" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sliced Cheese</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F7956E" w14:textId="4BF5E4E1" w:rsidR="00BE24E3" w:rsidRPr="00600C69" w:rsidRDefault="00BE24E3" w:rsidP="00BE24E3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Deli Turkey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="536B67FC" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00962F5F" w:rsidP="00B1638B">
+          <w:p w14:paraId="72DAE142" w14:textId="77777777" w:rsidR="00BE24E3" w:rsidRDefault="00BE24E3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fruit Mix</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="062C522A" w14:textId="5878A938" w:rsidR="00BE24E3" w:rsidRPr="00600C69" w:rsidRDefault="00BE24E3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Goldfish Crackers</w:t>
-            </w:r>
-[...14 lines deleted...]
-              <w:t>Diced Turkey</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D8B489C" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
+    <w:p w14:paraId="01E5E84D" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>All milk served to age 3-5 is 1% unflavored milk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="436D8281" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
+    <w:p w14:paraId="6C0D8273" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>*All milk served to toddlers is unflavored whole milk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B34760A" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
+    <w:p w14:paraId="5D5263A0" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>*Water is available at each meal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A13C0C" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00C431A3"/>
-    <w:p w14:paraId="728946BD" w14:textId="77777777" w:rsidR="0042297C" w:rsidRDefault="0042297C"/>
+    <w:p w14:paraId="3CC4C69E" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00C431A3"/>
+    <w:p w14:paraId="64047EE7" w14:textId="77777777" w:rsidR="0042297C" w:rsidRDefault="0042297C"/>
     <w:sectPr w:rsidR="0042297C" w:rsidSect="00AC70F6">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4367F48F" w14:textId="77777777" w:rsidR="00A00FDE" w:rsidRDefault="00A00FDE" w:rsidP="00C431A3">
+    <w:p w14:paraId="6117AB85" w14:textId="77777777" w:rsidR="00935414" w:rsidRDefault="00935414" w:rsidP="00C431A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="473E7B49" w14:textId="77777777" w:rsidR="00A00FDE" w:rsidRDefault="00A00FDE" w:rsidP="00C431A3">
+    <w:p w14:paraId="1EE9EAE9" w14:textId="77777777" w:rsidR="00935414" w:rsidRDefault="00935414" w:rsidP="00C431A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
@@ -1299,253 +1049,206 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="27B74410" w14:textId="77777777" w:rsidR="006B0CA8" w:rsidRDefault="00BF4D99" w:rsidP="00C20F7C">
+  <w:p w14:paraId="0DA2DF75" w14:textId="77777777" w:rsidR="005A0B74" w:rsidRDefault="00BF4D99" w:rsidP="00C20F7C">
     <w:pPr>
       <w:ind w:left="180"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>This institution is an equal opportunity provider.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3CBAEFD5" w14:textId="77777777" w:rsidR="006B0CA8" w:rsidRDefault="006B0CA8">
+  <w:p w14:paraId="3C63547C" w14:textId="77777777" w:rsidR="005A0B74" w:rsidRDefault="005A0B74">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6097E545" w14:textId="77777777" w:rsidR="00A00FDE" w:rsidRDefault="00A00FDE" w:rsidP="00C431A3">
+    <w:p w14:paraId="55F32C8D" w14:textId="77777777" w:rsidR="00935414" w:rsidRDefault="00935414" w:rsidP="00C431A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BCD5EE8" w14:textId="77777777" w:rsidR="00A00FDE" w:rsidRDefault="00A00FDE" w:rsidP="00C431A3">
+    <w:p w14:paraId="5801DEC5" w14:textId="77777777" w:rsidR="00935414" w:rsidRDefault="00935414" w:rsidP="00C431A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="411CC910" w14:textId="56250740" w:rsidR="006B0CA8" w:rsidRPr="00251757" w:rsidRDefault="00241CA9">
+  <w:p w14:paraId="15D821A7" w14:textId="71D86C26" w:rsidR="005A0B74" w:rsidRPr="00246A66" w:rsidRDefault="005F157F" w:rsidP="00246A66">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-[...2 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Heading1"/>
     </w:pPr>
-    <w:r>
-[...3 lines deleted...]
-      <w:t xml:space="preserve">Winter </w:t>
+    <w:r w:rsidRPr="00246A66">
+      <w:t xml:space="preserve">Spring </w:t>
     </w:r>
-    <w:r w:rsidR="00BF4D99" w:rsidRPr="00251757">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00BF4D99" w:rsidRPr="00246A66">
       <w:t>Term 20</w:t>
     </w:r>
-    <w:r w:rsidR="00C431A3">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00C431A3" w:rsidRPr="00246A66">
       <w:t>2</w:t>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="00246A66">
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00BF4D99">
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidR="00BF4D99" w:rsidRPr="00246A66">
+      <w:t xml:space="preserve"> Week </w:t>
     </w:r>
-    <w:r w:rsidR="00BF4D99" w:rsidRPr="00251757">
-[...9 lines deleted...]
-      <w:t>3</w:t>
+    <w:r w:rsidRPr="00246A66">
+      <w:t>3-7</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="085A4DB9" w14:textId="77777777" w:rsidR="006B0CA8" w:rsidRDefault="006B0CA8">
+  <w:p w14:paraId="1F8FB619" w14:textId="77777777" w:rsidR="005A0B74" w:rsidRDefault="005A0B74">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="92"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00241CA9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00202603"/>
+    <w:rsidRoot w:val="005F157F"/>
+    <w:rsid w:val="001C3A7F"/>
     <w:rsid w:val="00221AC8"/>
-    <w:rsid w:val="00241CA9"/>
-    <w:rsid w:val="002E468F"/>
+    <w:rsid w:val="00246A66"/>
+    <w:rsid w:val="00264620"/>
     <w:rsid w:val="0042297C"/>
-    <w:rsid w:val="004E2679"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00656825"/>
+    <w:rsid w:val="005A0B74"/>
+    <w:rsid w:val="005F157F"/>
     <w:rsid w:val="006A4670"/>
-    <w:rsid w:val="006B0CA8"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00871285"/>
+    <w:rsid w:val="00800C3B"/>
+    <w:rsid w:val="00831825"/>
     <w:rsid w:val="00875ED2"/>
-    <w:rsid w:val="0088546C"/>
-[...5 lines deleted...]
-    <w:rsid w:val="009A16BE"/>
+    <w:rsid w:val="00935414"/>
     <w:rsid w:val="009B4B24"/>
-    <w:rsid w:val="00A00FDE"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00BD7375"/>
+    <w:rsid w:val="009B4CD8"/>
+    <w:rsid w:val="009D4EEA"/>
+    <w:rsid w:val="00A001D5"/>
+    <w:rsid w:val="00BE24E3"/>
     <w:rsid w:val="00BF4D99"/>
-    <w:rsid w:val="00C26C19"/>
     <w:rsid w:val="00C431A3"/>
-    <w:rsid w:val="00D20215"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FD080D"/>
+    <w:rsid w:val="00D84429"/>
+    <w:rsid w:val="00E36778"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0B528339"/>
+  <w14:docId w14:val="2EE32985"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{927AF56E-6040-42A6-9100-D74B7BE1CB44}"/>
+  <w15:docId w15:val="{19715CB4-0238-41C5-8E26-D7ABBD8B87B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1913,50 +1616,103 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C431A3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Header"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00246A66"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00246A66"/>
+    <w:pPr>
+      <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="973" w:y="8"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00246A66"/>
+    <w:pPr>
+      <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="973" w:y="8"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2027,50 +1783,89 @@
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B4B24"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009B4B24"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00246A66"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00246A66"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00246A66"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\tredere\Desktop\2024-%20Weekly%20Menu%20Template.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2314,70 +2109,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2024- Weekly Menu Template</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>151</Words>
-  <Characters>866</Characters>
+  <Words>141</Words>
+  <Characters>806</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Lane Community College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1015</CharactersWithSpaces>
+  <CharactersWithSpaces>946</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Eiko Treder</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>