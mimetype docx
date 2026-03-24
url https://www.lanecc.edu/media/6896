--- v0 (2026-01-12)
+++ v1 (2026-03-24)
@@ -19,1512 +19,1239 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="973" w:tblpY="8"/>
         <w:tblW w:w="13759" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="856"/>
-        <w:gridCol w:w="2469"/>
-        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="2379"/>
+        <w:gridCol w:w="2790"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="2543"/>
         <w:gridCol w:w="2491"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C431A3" w14:paraId="69365F34" w14:textId="77777777" w:rsidTr="004A21BA">
+      <w:tr w:rsidR="00C431A3" w14:paraId="0D41144F" w14:textId="77777777" w:rsidTr="00B1638B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="494BD097" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
-[...9 lines deleted...]
-          <w:p w14:paraId="7C8E079E" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+          <w:p w14:paraId="7E406910" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="080B7A16" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="009B6445" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>MONDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B57476E" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5C0B99" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
             <w:r w:rsidRPr="002A1710">
+              <w:t>TUESDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C35AEBE" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>MONDAY</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6FC745A3" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="427D97C6" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>WEDNESDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67345E38" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0F7BA2" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>THURSDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7006E844" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5409608E" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>FRIDAY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C9F823" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C431A3" w14:paraId="5C60408A" w14:textId="77777777" w:rsidTr="00B1638B">
+        <w:trPr>
+          <w:trHeight w:val="2315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B4DA04" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="009B6445" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="791C9195" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="009B6445" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>R</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="580A01EE" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="009B6445" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12F8EA98" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="009B6445" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="724C889B" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="009B6445" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D2195C5" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="009B6445" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C7BA353" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="009B6445" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E356B42" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="009B6445" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6260C773" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6445">
+              <w:t>T</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E657A2" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Rice Chex</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D031CEE" w14:textId="77777777" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Smiley Oranges</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35D06603" w14:textId="40A33286" w:rsidR="00C76DA1" w:rsidRPr="00600C69" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1886D2E9" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Pancake</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="512E6D1E" w14:textId="77777777" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>HB Egg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7121B8CA" w14:textId="77777777" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Applesauce</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E655C3" w14:textId="719E427D" w:rsidR="00C76DA1" w:rsidRPr="00600C69" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="4AC76730" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C69D6D" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Oatmeal, HM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F3AF89D" w14:textId="77777777" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Banana Wheels</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D74D70F" w14:textId="41C73CF8" w:rsidR="00C76DA1" w:rsidRPr="00600C69" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="796BDA59" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Cheerios</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B999235" w14:textId="77777777" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Apple Slices</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="266B1D4A" w14:textId="56D9B5C2" w:rsidR="00C76DA1" w:rsidRPr="00600C69" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1709BDA8" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WGR Banana Muffins, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4846264F" w14:textId="77777777" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fruit Mix</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="764F5441" w14:textId="4998E80A" w:rsidR="00C76DA1" w:rsidRPr="00600C69" w:rsidRDefault="00C76DA1" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C431A3" w14:paraId="7DAF1678" w14:textId="77777777" w:rsidTr="00B1638B">
+        <w:trPr>
+          <w:trHeight w:val="2342"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7398E2F1" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A1710">
+          </w:p>
+          <w:p w14:paraId="4B473E92" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>TUESDAY</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5ECE88B5" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07384D2C" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15F53434" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>U</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AE07099" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F4CA940" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B05C5E8" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1710">
+              <w:t>H</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77861DF5" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
-[...250 lines deleted...]
-            <w:tcW w:w="2469" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD142D9" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="004A21BA" w:rsidP="00B1638B">
-[...15 lines deleted...]
-          <w:p w14:paraId="151A31BE" w14:textId="6EE57000" w:rsidR="004A21BA" w:rsidRPr="00600C69" w:rsidRDefault="004A21BA" w:rsidP="00B1638B">
+          <w:p w14:paraId="0FC8F9D2" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C76DA1" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Mac and Cheese, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F8C2CF" w14:textId="77777777" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Romain Salad</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BA19408" w14:textId="1C8366FA" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">WW </w:t>
+            </w:r>
+            <w:r w:rsidR="008510FE">
+              <w:t>toast</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="177D9184" w14:textId="77777777" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Pears</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F38478C" w14:textId="45F55B00" w:rsidR="00C76DA1" w:rsidRPr="00600C69" w:rsidRDefault="00C76DA1" w:rsidP="00C431A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="281CE949" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Minestrone, FH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E3169A3" w14:textId="77777777" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WW Roll</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="156757CC" w14:textId="77777777" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>String Cheese</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3AD78B" w14:textId="77777777" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pineapple Tidbits</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D1DB653" w14:textId="2816440D" w:rsidR="008510FE" w:rsidRPr="00600C69" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Milk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39A45ED2" w14:textId="1B21DD39" w:rsidR="00B24D93" w:rsidRDefault="00B24D93" w:rsidP="00B24D93">
-[...15 lines deleted...]
-          <w:p w14:paraId="28F2FC59" w14:textId="49C8D2CF" w:rsidR="004A21BA" w:rsidRPr="00600C69" w:rsidRDefault="00B24D93" w:rsidP="00B24D93">
+          <w:p w14:paraId="0565F958" w14:textId="3761FFBA" w:rsidR="00C431A3" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Biscuits w/</w:t>
+            </w:r>
+            <w:r w:rsidR="001D0CB0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Jelly</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CD0554E" w14:textId="77777777" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Egg Patties</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A245E24" w14:textId="427539AC" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Oven Fries, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1706454C" w14:textId="3A7B9319" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mandarin Orange</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E880B7" w14:textId="2F6E69CB" w:rsidR="008510FE" w:rsidRPr="00536FBD" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73288C85" w14:textId="77777777" w:rsidR="00C76DA1" w:rsidRDefault="00C76DA1" w:rsidP="00C76DA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WG Chicken Nuggets, CN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79AB2507" w14:textId="77777777" w:rsidR="008510FE" w:rsidRDefault="00CB70A0" w:rsidP="00C76DA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Broccoli</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41004E68" w14:textId="77777777" w:rsidR="00CB70A0" w:rsidRDefault="00CB70A0" w:rsidP="00C76DA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Peaches</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D9EE245" w14:textId="6D0D46CD" w:rsidR="00CB70A0" w:rsidRPr="00600C69" w:rsidRDefault="00CB70A0" w:rsidP="00C76DA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0EF292" w14:textId="7BB98A43" w:rsidR="00C431A3" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">WG </w:t>
+            </w:r>
+            <w:r w:rsidR="00947C7F">
+              <w:t xml:space="preserve">Quick </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Quesadilla, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35802C4D" w14:textId="77777777" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Salsa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="624877C6" w14:textId="77777777" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sour Cream</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71FCAB3E" w14:textId="77777777" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Carrot Sticks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="092CE4DA" w14:textId="77777777" w:rsidR="008510FE" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fruit Mix</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235B3939" w14:textId="7EE650E7" w:rsidR="008510FE" w:rsidRPr="00600C69" w:rsidRDefault="008510FE" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Milk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C431A3" w14:paraId="48753516" w14:textId="77777777" w:rsidTr="00B1638B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FE06D5" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C59025A" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DBC22E5" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="259369C2" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="234D04A8" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CB857F4" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27130AF4" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="00BA343F" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2097E7EB" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRPr="002A1710" w:rsidRDefault="00C431A3" w:rsidP="009B6445">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA343F">
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53921AB2" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00CB70A0" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Ritz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="755C968B" w14:textId="77777777" w:rsidR="00CB70A0" w:rsidRDefault="00CB70A0" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Deli Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EA8DB77" w14:textId="2B021976" w:rsidR="00CB70A0" w:rsidRPr="00600C69" w:rsidRDefault="00CB70A0" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sliced Cheddar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="278BDB17" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00CB70A0" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>WW Bread w/ Sun Butter and Jelly</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF84DCE" w14:textId="181C7A74" w:rsidR="00CB70A0" w:rsidRPr="00600C69" w:rsidRDefault="00CB70A0" w:rsidP="00B1638B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Milk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="063CE7AF" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="004A21BA" w:rsidP="00B1638B">
-[...20 lines deleted...]
-              <w:t>Milk</w:t>
+          <w:p w14:paraId="055BB636" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00CB70A0" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Cheddar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B6DFF57" w14:textId="77777777" w:rsidR="00CB70A0" w:rsidRDefault="00CB70A0" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Oyster Crackers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06CDAF22" w14:textId="69EDCB14" w:rsidR="00CB70A0" w:rsidRPr="00600C69" w:rsidRDefault="00CB70A0" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Melon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0EB80C" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="004A21BA" w:rsidP="00B1638B">
-[...23 lines deleted...]
-              <w:t>Milk</w:t>
+          <w:p w14:paraId="6BEA95A7" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00CB70A0" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Cereal mix w/ Dried Fruits, ICN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BC44FEB" w14:textId="0DD9A438" w:rsidR="00CB70A0" w:rsidRPr="00600C69" w:rsidRDefault="008C56EA" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Yami Vanilla Yogurt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="058A90CA" w14:textId="77777777" w:rsidR="00B24D93" w:rsidRDefault="00B24D93" w:rsidP="00B24D93">
-[...666 lines deleted...]
-              <w:t>Fresh Fruit__________</w:t>
+          <w:p w14:paraId="2A38322E" w14:textId="39BE0407" w:rsidR="00C431A3" w:rsidRDefault="00947C7F" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Saltines</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="508F1363" w14:textId="77777777" w:rsidR="006B0887" w:rsidRDefault="006B0887" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diced Cheese</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="553AB66C" w14:textId="02D9B34E" w:rsidR="006B0887" w:rsidRPr="00600C69" w:rsidRDefault="006B0887" w:rsidP="00B1638B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fruit________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01047C71" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
+    <w:p w14:paraId="53825D64" w14:textId="77777777" w:rsidR="006A4670" w:rsidRPr="009B6445" w:rsidRDefault="006A4670" w:rsidP="009B6445">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>All milk served to age 3-5 is 1% unflavored milk.</w:t>
+      <w:r w:rsidRPr="009B6445">
+        <w:t>*All milk served to age 3-5 is 1% unflavored milk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2426B20D" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
+    <w:p w14:paraId="4B459B58" w14:textId="77777777" w:rsidR="006A4670" w:rsidRPr="009B6445" w:rsidRDefault="006A4670" w:rsidP="009B6445">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009B6445">
         <w:t>*All milk served to toddlers is unflavored whole milk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B895CA2" w14:textId="77777777" w:rsidR="006A4670" w:rsidRDefault="006A4670" w:rsidP="006A4670">
+    <w:p w14:paraId="48656CE3" w14:textId="77777777" w:rsidR="006A4670" w:rsidRPr="009B6445" w:rsidRDefault="006A4670" w:rsidP="009B6445">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B6445">
         <w:t>*Water is available at each meal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB3BC3B" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00C431A3"/>
-    <w:p w14:paraId="0D4911F5" w14:textId="77777777" w:rsidR="0042297C" w:rsidRDefault="0042297C"/>
+    <w:p w14:paraId="760F2C35" w14:textId="77777777" w:rsidR="00C431A3" w:rsidRDefault="00C431A3" w:rsidP="00C431A3"/>
+    <w:p w14:paraId="3F1FF519" w14:textId="77777777" w:rsidR="0042297C" w:rsidRDefault="0042297C"/>
     <w:sectPr w:rsidR="0042297C" w:rsidSect="00AC70F6">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A5EEC12" w14:textId="77777777" w:rsidR="004F709A" w:rsidRDefault="004F709A" w:rsidP="00C431A3">
+    <w:p w14:paraId="148E7C0C" w14:textId="77777777" w:rsidR="000F32EE" w:rsidRDefault="000F32EE" w:rsidP="00C431A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B6C217C" w14:textId="77777777" w:rsidR="004F709A" w:rsidRDefault="004F709A" w:rsidP="00C431A3">
+    <w:p w14:paraId="7106B348" w14:textId="77777777" w:rsidR="000F32EE" w:rsidRDefault="000F32EE" w:rsidP="00C431A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1317EB8A" w14:textId="77777777" w:rsidR="00F257A0" w:rsidRDefault="00BF4D99" w:rsidP="00C20F7C">
+  <w:p w14:paraId="78396139" w14:textId="77777777" w:rsidR="00337A2C" w:rsidRDefault="00BF4D99" w:rsidP="00C20F7C">
     <w:pPr>
       <w:ind w:left="180"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>This institution is an equal opportunity provider.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="17B3C75B" w14:textId="77777777" w:rsidR="00F257A0" w:rsidRDefault="00F257A0">
+  <w:p w14:paraId="4C53CB35" w14:textId="77777777" w:rsidR="00337A2C" w:rsidRDefault="00337A2C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01F0CE7A" w14:textId="77777777" w:rsidR="004F709A" w:rsidRDefault="004F709A" w:rsidP="00C431A3">
+    <w:p w14:paraId="071C7ABD" w14:textId="77777777" w:rsidR="000F32EE" w:rsidRDefault="000F32EE" w:rsidP="00C431A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0ECAD14E" w14:textId="77777777" w:rsidR="004F709A" w:rsidRDefault="004F709A" w:rsidP="00C431A3">
+    <w:p w14:paraId="2F81FCF3" w14:textId="77777777" w:rsidR="000F32EE" w:rsidRDefault="000F32EE" w:rsidP="00C431A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="46E8943E" w14:textId="277E821D" w:rsidR="00F257A0" w:rsidRPr="00251757" w:rsidRDefault="00B61329">
+  <w:p w14:paraId="02B787BE" w14:textId="621E0E78" w:rsidR="00337A2C" w:rsidRPr="009B6445" w:rsidRDefault="00C76DA1" w:rsidP="009B6445">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-[...2 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Heading1"/>
     </w:pPr>
-    <w:r>
-[...3 lines deleted...]
-      <w:t xml:space="preserve">Winter </w:t>
+    <w:r w:rsidRPr="009B6445">
+      <w:t xml:space="preserve">Spring </w:t>
     </w:r>
-    <w:r w:rsidR="00BF4D99" w:rsidRPr="00251757">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00BF4D99" w:rsidRPr="009B6445">
       <w:t>Term 20</w:t>
     </w:r>
-    <w:r w:rsidR="00C431A3">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00C431A3" w:rsidRPr="009B6445">
       <w:t>2</w:t>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="009B6445">
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00BF4D99">
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidR="00BF4D99" w:rsidRPr="009B6445">
+      <w:t xml:space="preserve"> Week </w:t>
     </w:r>
-    <w:r w:rsidR="00BF4D99" w:rsidRPr="00251757">
-[...9 lines deleted...]
-      <w:t>2</w:t>
+    <w:r w:rsidRPr="009B6445">
+      <w:t>2-6-10</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="638BEC08" w14:textId="77777777" w:rsidR="00F257A0" w:rsidRDefault="00F257A0">
+  <w:p w14:paraId="55DF43F0" w14:textId="77777777" w:rsidR="00337A2C" w:rsidRDefault="00337A2C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="92"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B61329"/>
-[...3 lines deleted...]
-    <w:rsid w:val="001F19DB"/>
+    <w:rsidRoot w:val="00C76DA1"/>
+    <w:rsid w:val="00054051"/>
+    <w:rsid w:val="000F32EE"/>
+    <w:rsid w:val="0016620B"/>
+    <w:rsid w:val="001D0CB0"/>
     <w:rsid w:val="00221AC8"/>
+    <w:rsid w:val="00264620"/>
+    <w:rsid w:val="00337A2C"/>
     <w:rsid w:val="0042297C"/>
-    <w:rsid w:val="004A21BA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00656825"/>
+    <w:rsid w:val="004D490A"/>
+    <w:rsid w:val="004F2668"/>
+    <w:rsid w:val="00602EC0"/>
+    <w:rsid w:val="00613BF5"/>
     <w:rsid w:val="006A4670"/>
-    <w:rsid w:val="006A69D0"/>
-    <w:rsid w:val="00754E96"/>
+    <w:rsid w:val="006B0887"/>
+    <w:rsid w:val="00806BC0"/>
+    <w:rsid w:val="008510FE"/>
     <w:rsid w:val="00875ED2"/>
-    <w:rsid w:val="0088546C"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00941AF2"/>
+    <w:rsid w:val="008C56EA"/>
+    <w:rsid w:val="00917B91"/>
+    <w:rsid w:val="00947C7F"/>
     <w:rsid w:val="009B4B24"/>
-    <w:rsid w:val="009F1119"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BD1444"/>
+    <w:rsid w:val="009B6445"/>
+    <w:rsid w:val="00BA23D8"/>
     <w:rsid w:val="00BF4D99"/>
-    <w:rsid w:val="00C13241"/>
     <w:rsid w:val="00C431A3"/>
-    <w:rsid w:val="00D91A64"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FE23FF"/>
+    <w:rsid w:val="00C76DA1"/>
+    <w:rsid w:val="00CB70A0"/>
+    <w:rsid w:val="00E36778"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="229F0945"/>
+  <w14:docId w14:val="16BA975D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1BDD82CD-8FE3-4C6A-9252-44B3CFC067CB}"/>
+  <w15:docId w15:val="{183B418B-69ED-4B88-A523-91A56DC95D60}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1892,50 +1619,103 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C431A3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Header"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B6445"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009B6445"/>
+    <w:pPr>
+      <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="973" w:y="8"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009B6445"/>
+    <w:pPr>
+      <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="973" w:y="8"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2006,50 +1786,102 @@
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B4B24"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009B4B24"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009B6445"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009B6445"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009B6445"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Default"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B6445"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\tredere\Desktop\2024-%20Weekly%20Menu%20Template.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2293,70 +2125,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>2024- Weekly Menu Template</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>145</Words>
-  <Characters>827</Characters>
+  <Words>137</Words>
+  <Characters>783</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Lane Community College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>971</CharactersWithSpaces>
+  <CharactersWithSpaces>919</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Eiko Treder</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>