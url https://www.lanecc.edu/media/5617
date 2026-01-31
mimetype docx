--- v0 (2025-10-03)
+++ v1 (2026-01-31)
@@ -1,2103 +1,2396 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...12 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
-[...2 lines deleted...]
-          <w:tab w:val="right" w:leader="none" w:pos="9990"/>
+    <w:p w14:paraId="2F3119E5" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="57E8D59F" wp14:editId="1A582036">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>25400</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6416675" cy="489896"/>
-                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="3" name=""/>
-                <a:graphic>
+                <wp:docPr id="3" name="Rectangle 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
-                      <wps:cNvPr id="2" name="Shape 2"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="2175763" y="3610455"/>
                           <a:ext cx="6340475" cy="339090"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="3366FF">
                             <a:alpha val="24313"/>
                           </a:srgbClr>
                         </a:solidFill>
-                        <a:ln cap="flat" cmpd="dbl" w="38100">
+                        <a:ln w="38100" cap="flat" cmpd="dbl">
                           <a:solidFill>
                             <a:srgbClr val="000080"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
-                          <a:headEnd len="sm" w="sm" type="none"/>
-                          <a:tailEnd len="sm" w="sm" type="none"/>
+                          <a:headEnd type="none" w="sm" len="sm"/>
+                          <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                          <w:p w14:paraId="0125ACC8" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
                             <w:pPr>
-                              <w:spacing w:after="0" w:before="0" w:line="240"/>
-                              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                               <w:jc w:val="center"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                                <w:strike w:val="0"/>
+                                <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="28"/>
-                                <w:vertAlign w:val="baseline"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">PT Aide </w:t>
-[...25 lines deleted...]
-                              <w:t xml:space="preserve">Verification (Optional)</w:t>
+                              <w:t>PT Aide Experience Verification (Optional)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                          <w:p w14:paraId="1D62145A" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
                             <w:pPr>
-                              <w:spacing w:after="0" w:before="0" w:line="240"/>
-[...1 lines deleted...]
-                              <w:jc w:val="left"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
-                            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+                      <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:drawing>
-[...38 lines deleted...]
-            </w:drawing>
+            <w:pict>
+              <v:rect w14:anchorId="57E8D59F" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:2pt;width:505.25pt;height:38.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuHpWsNAIAAG0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0yRNm17UdIW2FCGt&#10;oNLCB0wcp7HkG7Z7+3vGTndbQAgJ0Qd3nJmcOTNzJquHs5LkyJ0XRte0GOWUcM1MK/S+pt++bt/N&#10;KfEBdAvSaF7TC/f0Yf32zepkl3xseiNb7giCaL882Zr2IdhllnnWcwV+ZCzX6OyMUxDw6vZZ6+CE&#10;6Epm4zyvspNxrXWGce/x6WZw0nXC7zrOwpeu8zwQWVPkFtLp0tnEM1uvYLl3YHvBrjTgH1goEBqT&#10;vkJtIAA5OPEblBLMGW+6MGJGZabrBOOpBqymyH+p5rkHy1Mt2BxvX9vk/x8s+3x8tjuHbThZv/Ro&#10;xirOnVPxH/mRc03HxWw6q0pKLjUtqyKfTKdD4/g5EIYBVTnJJ7MpJSxGlIt8kTqb3ZCs8+EjN4pE&#10;o6YOB5P6BccnHzA7hr6ExMTeSNFuhZTp4vbNo3TkCDjEsqyq7XZ4V9oehqfjSVmUkRPi+CF8sO9x&#10;pCYnBJgXOSqBAaqtkxDQVLatadvIhPrn1Dn+5i+F/RQWqW/A9wOZ5BoapERAeUuhajqPr18F13No&#10;P+iWhIvFndC4GTRS84oSyXGP0EjCDCDk3+OwZqmx3NsEoxXOzfk61sa0l50j3rKtQKZP4MMOHOq8&#10;wLSofUz4/QAOSchPGsW1KCZjHGZIl8l0Fvvl7j3NvQc06w2uFHZyMB9DWrA4Om3eH4LpRBpxZDVQ&#10;uZJFTacpXfcvLs39PUXdvhLrHwAAAP//AwBQSwMEFAAGAAgAAAAhADCBZDXeAAAABgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdXVGpMZMigkrFQo1/8LjNTpNgdjZkt0389t2e&#10;9DQ83uO93+SLyXViT0NoPSPomQJBXHnbco3w8f54MQcRomFrOs+E8EsBFsXpSW4y60d+o30Za5FK&#10;OGQGoYmxz6QMVUPOhJnviZO39YMzMcmhlnYwYyp3nbxU6kY603JaaExPDw1VP+XOIbz48vv56XW8&#10;/Vytaa3013K7ikvE87Pp/g5EpCn+heGIn9ChSEwbv2MbRIeQHokIV+kcTaXVNYgNwlxrkEUu/+MX&#10;BwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAuHpWsNAIAAG0EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAwgWQ13gAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="#36f" strokecolor="navy" strokeweight="3pt">
+                <v:fill opacity="15934f"/>
+                <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" linestyle="thinThin"/>
+                <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
+                  <w:txbxContent>
+                    <w:p w14:paraId="0125ACC8" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:textDirection w:val="btLr"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>PT Aide Experience Verification (Optional)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1D62145A" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
+                      <w:pPr>
+                        <w:textDirection w:val="btLr"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+    <w:p w14:paraId="09BB3F23" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+    </w:p>
+    <w:p w14:paraId="6F71C621" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+    </w:p>
+    <w:p w14:paraId="7ACAC477" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...13 lines deleted...]
-          <w:tab w:val="right" w:leader="none" w:pos="9900"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9900"/>
         </w:tabs>
         <w:ind w:right="126"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants with a work history as a PT Aide may be eligible for additional application points. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...28 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Refer to Application Information Packet, 2. Preparing to Apply- Application Requirements  to determine if paid work experience meets eligibility criteria. Workplace experiences must be confirmed by a workplace supervisor: Physical Therapist, Physical Therapist Assistant, or Human Relations representative. The program verifies information before points are included in the application. Complete one form for each workplace or employer. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:r>
           <w:rPr>
-            <w:b w:val="1"/>
-            <w:color w:val="0000ff"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">HPAdvising@lanecc.edu</w:t>
+          <w:t>HPAdvising@lanecc.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with any questions.</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+    </w:p>
+    <w:p w14:paraId="4FDFF966" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
       <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...13 lines deleted...]
-          <w:tab w:val="right" w:leader="none" w:pos="9900"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9900"/>
         </w:tabs>
         <w:ind w:right="126"/>
         <w:rPr>
-          <w:b w:val="1"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+    </w:p>
+    <w:p w14:paraId="5E6F94BF" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...13 lines deleted...]
-          <w:tab w:val="right" w:leader="none" w:pos="9900"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9900"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+        </w:rPr>
+        <w:t>INSTRUCTIONS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79AA434B" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...24 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicant completes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Part 1, including signed release, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>then sends the form to the workplace supervisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E48145" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...24 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The workplace supervisor completes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Part 2</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and returns the form to the applicant.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+    <w:p w14:paraId="403FF2A2" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...15 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicant confirms the form is complete and uploads form during the online application process. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+    </w:p>
+    <w:p w14:paraId="704BFE06" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...46 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E5D2FD5" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PART 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Physical Therapist Assistant Applicant </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">Applicant Name: __________________________________</w:t>
+    <w:p w14:paraId="4800B766" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicant Name: __________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> Prior Name, if applicable: _____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
-[...92 lines deleted...]
-        <w:t xml:space="preserve">Length of employment (mm/dd/yy): from __________ to ___________</w:t>
+    <w:p w14:paraId="5E88A6A9" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicant Address: ___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6E7CBC" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Workplace Name and type: _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B3FBE3" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Workplace Address: __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD2E0CC" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Length of employment (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>): from __________ to ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Total PT Aide Paid Hours: __________</w:t>
-[...21 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:t>Total PT Aide Paid Hours: __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7406C7D3" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: __________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Supervisor: _____________________________</w:t>
-[...207 lines deleted...]
-        <w:t xml:space="preserve">Applicant’s Signature: ____________________________________</w:t>
+        <w:t>Supervisor: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432CE210" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Describe your job duties in detail as a PT Aide (e.g., role, responsibilities, relevant work skills).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE955C2" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="318BB411" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5787B9AE" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CEB2952" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="349CF1DA" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03F7017B" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36007186" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I allow Lane Community College to verify this information.  I acknowledge that any false information I provide may be subject to disciplinary action as stated in the LCC Student Code of Conduct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0FF11A" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicant’s Signature: ____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Date: ________________________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+        <w:t>Date: ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A160F6" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A11BA80" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PART 2. Must be completed by a Physical Therapist, Physical Therapist Assistant or HR Representative</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052C8104" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...15 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I am applying to the LCC Physical Therapist Assistant Program. Please complete and return this form to me by </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________ </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
-[...7 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>(date to be filled in by applicant) so</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> I can</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> include </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the form in my application. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+    <w:p w14:paraId="175E38FE" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="360"/>
-[...5 lines deleted...]
-        <w:spacing w:after="120" w:lineRule="auto"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-        <w:spacing w:after="120" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="14BD2724" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
         <w:ind w:right="72"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Workplace Name: _________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Workplace Name: _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Phone: ___________________________</w:t>
-[...12 lines deleted...]
-        <w:spacing w:after="120" w:lineRule="auto"/>
+        <w:t>Phone: ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379352C4" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
         <w:ind w:right="72"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...18 lines deleted...]
-        <w:spacing w:after="120" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicant’s Supervisor (must be a PT/PTA): ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DAF602" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
         <w:ind w:right="72"/>
         <w:rPr>
-          <w:i w:val="1"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I verify the information provided by the applicant to be accurate and true to the best of my knowledge. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
-[...9 lines deleted...]
-        <w:spacing w:after="120" w:lineRule="auto"/>
+    <w:p w14:paraId="501C652C" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
         <w:ind w:right="72"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...18 lines deleted...]
-        <w:spacing w:after="120" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Supervisor or Human Resources Representative:  __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C621688" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
         <w:ind w:right="72"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Title: ________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Title: ________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Email: _____________________________</w:t>
-[...12 lines deleted...]
-        <w:spacing w:after="120" w:lineRule="auto"/>
+        <w:t>Email: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A075F8A" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
         <w:ind w:right="72"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...16 lines deleted...]
-      <w:pgMar w:bottom="720" w:top="720" w:left="1080" w:right="1080" w:header="720" w:footer="403"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Signature: _____________________________________________   Date: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00566F17">
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="720" w:right="1080" w:bottom="720" w:left="1080" w:header="720" w:footer="403" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="48156D4E" w14:textId="77777777" w:rsidR="00C12927" w:rsidRDefault="00C12927">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="55C23BA3" w14:textId="77777777" w:rsidR="00C12927" w:rsidRDefault="00C12927">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:font w:name="Georgia"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedBold r:id="rId1" w:fontKey="{5EAB894C-ED1E-4799-A7B7-07BA513FC9B9}"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{E12A360F-D56A-4528-91F1-C80EF45C9C28}"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{DF139F8D-0567-4A79-9A65-224EE9E15927}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{C65F40A5-C59C-44D7-8667-93247B36430F}"/>
+  </w:font>
   <w:font w:name="Arial Narrow">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{D8790A78-B90A-4710-A7C7-C147A76EBE9E}"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{F52B335D-9B4B-4DC1-B4C5-1A0C7582B0CC}"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{D39F272D-25FA-4972-879A-1D4ED79594F4}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0EFCB043" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4320"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">11/2</w:t>
+      <w:t>11/2</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">5</w:t>
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">/202</w:t>
+      <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">4</w:t>
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:b w:val="1"/>
+        <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="003C3FD2">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:b w:val="1"/>
+        <w:b/>
         <w:color w:val="000000"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:b w:val="1"/>
+        <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:instrText>NUMPAGES</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="003C3FD2">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
-[...8 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="0F02A37B" w14:textId="77777777" w:rsidR="00566F17" w:rsidRDefault="00566F17"/>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="09802825" w14:textId="77777777" w:rsidR="00C12927" w:rsidRDefault="00C12927">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1273A84E" w14:textId="77777777" w:rsidR="00C12927" w:rsidRDefault="00C12927">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AEB752E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5D52B08E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1" w16cid:durableId="495922841">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00566F17"/>
+    <w:rsid w:val="00057B39"/>
+    <w:rsid w:val="003C3FD2"/>
+    <w:rsid w:val="00566F17"/>
+    <w:rsid w:val="00C12927"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="2A389532"/>
+  <w15:docId w15:val="{FE525467-2965-4573-A8A7-D69FD241760B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...1 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-[...104 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="008A32B1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="120" w:before="480"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="280"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="240"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="220"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="200"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00474FCB"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden w:val="1"/>
-[...2 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0.0" w:type="dxa"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="10"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00474FCB"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00036387"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:color="auto" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-        <w:insideV w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00BB0D73"/>
     <w:rPr>
-      <w:color w:val="0000ff"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00AC36E3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00AC36E3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00EF4B20"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style0" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style0">
     <w:name w:val="Style0"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="006F4521"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="0026160B"/>
     <w:rPr>
-      <w:color w:val="ff0000"/>
+      <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="003408C7"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="003408C7"/>
     <w:rPr>
-      <w:i w:val="1"/>
-      <w:iCs w:val="1"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="007C6691"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00474FCB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocumentMap">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="DocumentMapChar"/>
     <w:rsid w:val="006C26B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DocumentMapChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
     <w:name w:val="Document Map Char"/>
     <w:link w:val="DocumentMap"/>
     <w:rsid w:val="006C26B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00387888"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing w:val="1"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00E36326"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
-    <w:hidden w:val="1"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="005A19D4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-      <w:i w:val="1"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
-[...15 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HPAdvising@lanecc.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HPAdvising@lanecc.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/ArialNarrow-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/ArialNarrow-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/ArialNarrow-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/ArialNarrow-boldItalic.ttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2341,50 +2634,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgpnzvk+HNxUdivM4mYeYpAX2u50w==">CgMxLjA4AHIhMUh1T3lKYXJCUWNSTzN3RTFlQnl4SV9tSEdPVzl1UHFk</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>426</Words>
+  <Characters>2429</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Lane Community College</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2850</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Roxanne Atter</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Roxanne Atter</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>